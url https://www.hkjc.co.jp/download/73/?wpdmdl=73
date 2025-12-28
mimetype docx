--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -7,1260 +7,1308 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3B043A4E" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="007265A5" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C3D8DF1" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="2C3D8DF1" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>軽微変更該当証明申請書</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507B1497" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="507B1497" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:ind w:right="198"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CD1CDFB" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="1CD1CDFB" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:ind w:right="198"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>年　　月　　日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D7E9F4" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="37D7E9F4" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71371253" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="71371253" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:ind w:firstLineChars="100" w:firstLine="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>株式会社　広島建築住宅センター　　殿</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C6EE70" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="68C6EE70" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32B63B4B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="32B63B4B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="4275" w:right="778"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>申請者の住所又は</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>eq \o\ad(</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>主たる事務所の所在</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="-16"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>地</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>,</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText xml:space="preserve">　　　　　　　　　　</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>)</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>主たる事務所の所在</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="-16"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>地</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140D88B6" w14:textId="11D4CCC1" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="140D88B6" w14:textId="11D4CCC1" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="4275" w:right="-1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>申請者の氏名又は名称</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">　 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66426723" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="66426723" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="4275" w:right="310"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>eq \o\ad(</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>代表者の氏名</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>,</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText xml:space="preserve">　　　　　　　　　　</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:instrText>)</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>代表者の氏名</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7B8C53" w14:textId="2BBFB958" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="1C7B8C53" w14:textId="2BBFB958" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="241" w:lineRule="atLeast"/>
         <w:ind w:left="4095" w:rightChars="-68" w:right="-143" w:firstLineChars="100" w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">設計者氏名　　　　 　　　　 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC30120" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="4AC30120" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="241" w:lineRule="atLeast"/>
         <w:ind w:left="4095" w:firstLineChars="100" w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:hAnsi="ＭＳ 明朝"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="360F1293" w14:textId="07E951AC" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="360F1293" w14:textId="07E951AC" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:ind w:firstLineChars="100" w:firstLine="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>建築物のエネルギー消費性能の向上</w:t>
       </w:r>
-      <w:r w:rsidR="00262B30" w:rsidRPr="00590540">
+      <w:r w:rsidR="00262B30" w:rsidRPr="004C4E80">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>に関</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>する法律施行規則第</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4E80" w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>条の規定により、建築物エネルギー消費性能確保計画の変更が同規則第</w:t>
       </w:r>
-      <w:r w:rsidR="004C4E80" w:rsidRPr="00590540">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+      <w:r w:rsidR="004C4E80" w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>５</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>条（同規則第</w:t>
       </w:r>
-      <w:r w:rsidR="004C4E80" w:rsidRPr="00590540">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+      <w:r w:rsidR="004C4E80" w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:color w:val="FF0000"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>９</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>条第２項において読み替えて準用する場合を含む。）の軽微な変更に該当していることを証する書面の交付を申請します。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>この</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>申請書</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>及び添付図書に記載の事項は、事実に相違ありません。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B486518" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="7B486518" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:ind w:firstLineChars="100" w:firstLine="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235B45CD" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00590540">
+    <w:p w14:paraId="235B45CD" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>【軽微な変更をする建築物の直前の建築物エネルギー消費性能適合性判定又は軽微変更該当証明】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F919B84" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="7F919B84" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>【適合判定通知書又は軽微変更該当証明書番号】　　　第　　　　号</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10081330" w14:textId="7FC2658D" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="10081330" w14:textId="7FC2658D" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">【適合判定通知書又は軽微変更該当証明書交付年月日】　</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C2E" w:rsidRPr="00590540">
+      <w:r w:rsidR="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">　　年　　月　　日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D4D236" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="20D4D236" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>【適合判定通知書又は軽微変更該当証明書交付者】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9116D2" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
-[...7 lines deleted...]
-    <w:p w14:paraId="1C25286B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="1F9116D2" w14:textId="45D549A7" w:rsidR="005B540E" w:rsidRDefault="00553703" w:rsidP="005B540E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>【変更の概要】</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2245FCA5" w14:textId="77777777" w:rsidR="00553703" w:rsidRPr="00AD4C2E" w:rsidRDefault="00553703" w:rsidP="005B540E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C25286B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:ind w:leftChars="264" w:left="554"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>（本欄には記入しないでください。）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="748" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="52" w:type="dxa"/>
           <w:right w:w="52" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2219"/>
         <w:gridCol w:w="2333"/>
         <w:gridCol w:w="3194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00590540" w:rsidRPr="00590540" w14:paraId="11AA1F13" w14:textId="77777777" w:rsidTr="009B2346">
+      <w:tr w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w14:paraId="11AA1F13" w14:textId="77777777" w:rsidTr="009B2346">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="588C5834" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="588C5834" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>受付欄</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B2099BC" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="1B2099BC" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>軽微変更該当証明</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>書番号</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>欄</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CB688C7" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="4CB688C7" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>決裁</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>欄</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00590540" w:rsidRPr="00590540" w14:paraId="1B0AF0F8" w14:textId="77777777" w:rsidTr="009B2346">
+      <w:tr w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w14:paraId="1B0AF0F8" w14:textId="77777777" w:rsidTr="009B2346">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4676DB24" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="4676DB24" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　年　　月　　日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58C1D99B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="58C1D99B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:spacing w:val="4"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="4"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:spacing w:val="4"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>年　　月　　日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FC5EDDF" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="1FC5EDDF" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07434055" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="07434055" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A07B8D2" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="3A07B8D2" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="554A361E" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="554A361E" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00590540" w:rsidRPr="00590540" w14:paraId="0D4D0297" w14:textId="77777777" w:rsidTr="009B2346">
+      <w:tr w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w14:paraId="0D4D0297" w14:textId="77777777" w:rsidTr="009B2346">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DCB2C4B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="0DCB2C4B" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">第　　　　　　</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　号</w:t>
             </w:r>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="466EF6B0" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="466EF6B0" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLineChars="50" w:firstLine="109"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:spacing w:val="4"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>第　　　　　　 　号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29FA95AE" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="29FA95AE" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B540E" w:rsidRPr="00590540" w14:paraId="58BE6639" w14:textId="77777777" w:rsidTr="009B2346">
+      <w:tr w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w14:paraId="58BE6639" w14:textId="77777777" w:rsidTr="009B2346">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E690E2E" w14:textId="0F043989" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="00AD4C2E" w:rsidP="009B2346">
+          <w:p w14:paraId="5E690E2E" w14:textId="0F043989" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="00AD4C2E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="106"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:position w:val="-14"/>
               </w:rPr>
               <w:t>係員氏名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F51E4CE" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="7F51E4CE" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F0D0E58" w14:textId="77777777" w:rsidR="00AD4C2E" w:rsidRPr="00590540" w:rsidRDefault="00AD4C2E" w:rsidP="00AD4C2E">
+          <w:p w14:paraId="1F0D0E58" w14:textId="77777777" w:rsidR="00AD4C2E" w:rsidRPr="00AD4C2E" w:rsidRDefault="00AD4C2E" w:rsidP="00AD4C2E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="106"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00590540">
+            <w:r w:rsidRPr="00AD4C2E">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:position w:val="-14"/>
               </w:rPr>
               <w:t>係員氏名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03C3BAD6" w14:textId="67EAE5A4" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="03C3BAD6" w14:textId="67EAE5A4" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:kinsoku w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:firstLineChars="50" w:firstLine="107"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06E34AEF" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="009B2346">
+          <w:p w14:paraId="06E34AEF" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="009B2346">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:spacing w:val="2"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B6489C7" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="1B6489C7" w14:textId="77777777" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B064E70" w14:textId="6C510EE4" w:rsidR="005B540E" w:rsidRPr="00590540" w:rsidRDefault="005B540E" w:rsidP="005B540E">
+    <w:p w14:paraId="7B064E70" w14:textId="6C510EE4" w:rsidR="005B540E" w:rsidRPr="00AD4C2E" w:rsidRDefault="005B540E" w:rsidP="005B540E">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="164" w:hangingChars="78" w:hanging="164"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590540">
-[...6 lines deleted...]
-      <w:r w:rsidR="00262B30" w:rsidRPr="00590540">
+      <w:r w:rsidRPr="00AD4C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>（注意）第二面から第五面までとして建築物のエネルギー消費性能の向</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>上</w:t>
+      </w:r>
+      <w:r w:rsidR="00262B30" w:rsidRPr="004C4E80">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590540">
-[...7 lines deleted...]
-    <w:p w14:paraId="3BFC12E7" w14:textId="77777777" w:rsidR="00961B9F" w:rsidRPr="00590540" w:rsidRDefault="00961B9F" w:rsidP="005B540E">
+      <w:r w:rsidRPr="004C4E80">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>に関</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>する法律施行規則別記様式第一の第二面から第五面までに記載すべき事項を記載した書類を添えてください。ただし、直前の建築物エネルギー消費性能適合性判定又は軽微変更該当証明を当機関で実施している場合、変更に係る部分のみの提出とすることができます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFC12E7" w14:textId="77777777" w:rsidR="00961B9F" w:rsidRPr="00AD4C2E" w:rsidRDefault="00961B9F" w:rsidP="005B540E">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00961B9F" w:rsidRPr="00590540">
+    <w:sectPr w:rsidR="00961B9F" w:rsidRPr="00AD4C2E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
-    <w:panose1 w:val="02040603050705020303"/>
+    <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0048435B"/>
+    <w:rsid w:val="00107E06"/>
     <w:rsid w:val="00262B30"/>
     <w:rsid w:val="0048435B"/>
     <w:rsid w:val="004C4E80"/>
-    <w:rsid w:val="00590540"/>
+    <w:rsid w:val="00553703"/>
     <w:rsid w:val="005B540E"/>
     <w:rsid w:val="00961B9F"/>
-    <w:rsid w:val="009847C7"/>
     <w:rsid w:val="009C50AD"/>
     <w:rsid w:val="00AD4C2E"/>
     <w:rsid w:val="00BC6E0C"/>
     <w:rsid w:val="00F64A2D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
@@ -2014,69 +2062,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>115</Words>
-  <Characters>656</Characters>
+  <Words>116</Words>
+  <Characters>663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>770</CharactersWithSpaces>
+  <CharactersWithSpaces>778</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>esp290216-02</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>